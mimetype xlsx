--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06e73d97fa27407e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra14abacad2ed447e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd66f174c71ca4f2b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940aa5a5e9c54c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde0b1692a9d4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd66f174c71ca4f2b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80ce132e858c4601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940aa5a5e9c54c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM EX-China UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMG6Z448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>5,005</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,023</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>5,061</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,109</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>5,056</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,014</x:t>
-[...134 lines deleted...]
-          <x:t>5,092</x:t>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,109</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>03.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,179</x:t>
-[...36 lines deleted...]
-          <x:t>5,162</x:t>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>