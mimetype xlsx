--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra14abacad2ed447e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7028c4faab94299" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940aa5a5e9c54c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c492a4b98e4f69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80ce132e858c4601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940aa5a5e9c54c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5896c85bdc9041c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c492a4b98e4f69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM EX-China UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMG6Z448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,179</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>5,217</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>5,262</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>5,266</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,280</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>5,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>