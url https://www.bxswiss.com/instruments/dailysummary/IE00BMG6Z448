--- v2 (2025-11-17)
+++ v3 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7028c4faab94299" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R277064680e9c46e1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c492a4b98e4f69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af98f9da8f04b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5896c85bdc9041c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c492a4b98e4f69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac1fd503cd5477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af98f9da8f04b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM EX-China UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMG6Z448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,291</x:t>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,262</x:t>
-[...43 lines deleted...]
-          <x:t>5,300</x:t>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,275</x:t>
-[...97 lines deleted...]
-          <x:t>5,338</x:t>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,322</x:t>
-[...242 lines deleted...]
-          <x:t>5,364</x:t>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,372</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>5,263</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,211</x:t>
-[...4 lines deleted...]
-          <x:t>5,347</x:t>
+          <x:t>5,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>