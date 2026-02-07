--- v3 (2025-12-28)
+++ v4 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R277064680e9c46e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1328e3b81fa84e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af98f9da8f04b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f66a45848c14ff9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfac1fd503cd5477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af98f9da8f04b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re527e1de4825408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f66a45848c14ff9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM EX-China UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMG6Z448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>5,369</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>