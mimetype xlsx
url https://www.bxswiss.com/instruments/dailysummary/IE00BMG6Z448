--- v4 (2026-02-07)
+++ v5 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1328e3b81fa84e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38015037faf54da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f66a45848c14ff9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c66602bd2c4b88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re527e1de4825408b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f66a45848c14ff9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04806bec83214186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c66602bd2c4b88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM EX-China UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMG6Z448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>5,779</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,770</x:t>
-[...107 lines deleted...]
-          <x:t>5,882</x:t>
+          <x:t>5,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,892</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...371 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>