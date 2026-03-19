--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38015037faf54da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6da4e51c1a244ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c66602bd2c4b88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ab41c33ced24cb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04806bec83214186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c66602bd2c4b88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1b9f2e665ad457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ab41c33ced24cb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI EM EX-China UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMG6Z448</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>5,870</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,842</x:t>
-[...26 lines deleted...]
-          <x:t>5,897</x:t>
+          <x:t>6,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,924</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>6,478</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>