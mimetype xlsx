--- v0 (2025-12-21)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcaf29d54873496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172a9f280ef74e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b676cd965a4a32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb043c2142dc14823"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b5e926b5e234517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b676cd965a4a32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab7135307984f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb043c2142dc14823" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers NASDAQ 100 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMFKG444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,676</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>