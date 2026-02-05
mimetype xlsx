--- v1 (2026-01-11)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172a9f280ef74e76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d4a241a5ec488b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb043c2142dc14823"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R947b3db0005e4e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ab7135307984f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb043c2142dc14823" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5a7a9e1d6141b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R947b3db0005e4e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers NASDAQ 100 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMFKG444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>47,406</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,844</x:t>
-[...264 lines deleted...]
-          <x:t>46,627</x:t>
+          <x:t>45,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>47,728</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>