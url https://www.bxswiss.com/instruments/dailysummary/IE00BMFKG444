--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d4a241a5ec488b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19a810979123463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R947b3db0005e4e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55f2bcd2e64f41eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf5a7a9e1d6141b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R947b3db0005e4e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2c6d2863e394362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55f2bcd2e64f41eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers NASDAQ 100 UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMFKG444</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,767</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>