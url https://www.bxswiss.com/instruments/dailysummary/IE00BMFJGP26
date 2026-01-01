--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55cceeb66559475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c4e134e13341d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4594b77b2d5415c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590acd2be6c54318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R069f511fe73045f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4594b77b2d5415c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3243dd171bb14621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590acd2be6c54318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Govt Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMFJGP26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,148</x:t>
-[...598 lines deleted...]
-          <x:t>4,195</x:t>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>