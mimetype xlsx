--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74c4e134e13341d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc641abad5ba642bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R590acd2be6c54318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8f2fa56fc7472b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3243dd171bb14621" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R590acd2be6c54318" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d751c6112945f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8f2fa56fc7472b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Govt Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMFJGP26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,174</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,162</x:t>
-[...490 lines deleted...]
-          <x:t>4,147</x:t>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>