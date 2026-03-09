--- v2 (2026-02-16)
+++ v3 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc641abad5ba642bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf291a5772bdc46d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8f2fa56fc7472b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08245cb8cf9428b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33d751c6112945f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8f2fa56fc7472b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a8fbfcaff4a4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08245cb8cf9428b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Govt Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMFJGP26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,158</x:t>
-[...11 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,168</x:t>
-[...16 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,158</x:t>
-[...112 lines deleted...]
-          <x:t>4,143</x:t>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,165</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>4,188</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>