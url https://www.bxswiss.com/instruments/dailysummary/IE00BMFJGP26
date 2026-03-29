--- v3 (2026-03-09)
+++ v4 (2026-03-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf291a5772bdc46d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2a6d2e3473c4b54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08245cb8cf9428b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra961d86003714146"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a8fbfcaff4a4f15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08245cb8cf9428b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabbd5428de1b45aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra961d86003714146" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Core EUR Govt Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMFJGP26</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>4,159</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,155</x:t>
-[...21 lines deleted...]
-          <x:t>4,169</x:t>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,161</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...531 lines deleted...]
-          <x:t>4,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,136</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>