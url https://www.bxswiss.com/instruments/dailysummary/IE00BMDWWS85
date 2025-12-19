--- v0 (2025-10-07)
+++ v1 (2025-12-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R661d950c12504f10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863d6118cac542b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9636740e78c74869"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa654dc06e944a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11e7ecbc8e8b4898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9636740e78c74869" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc777440f5e42df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa654dc06e944a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson US Enhanced Inflation Core UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMDWWS85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>121,006</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>