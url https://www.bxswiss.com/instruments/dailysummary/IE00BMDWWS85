--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863d6118cac542b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8314de833c014f7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffa654dc06e944a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01309a917c248d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc777440f5e42df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffa654dc06e944a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4976102989eb4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01309a917c248d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson US Enhanced Inflation Core UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMDWWS85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>120,923</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,822</x:t>
-[...195 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>120,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,760</x:t>
-[...75 lines deleted...]
-          <x:t>120,504</x:t>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,379</x:t>
-[...220 lines deleted...]
-          <x:t>120,003</x:t>
+          <x:t>120,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,454</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>