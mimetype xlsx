--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8314de833c014f7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4306267bcbd449fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd01309a917c248d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f917bb674248f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4976102989eb4bf2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd01309a917c248d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae21d259f5ed41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f917bb674248f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson US Enhanced Inflation Core UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMDWWS85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>120,454</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>