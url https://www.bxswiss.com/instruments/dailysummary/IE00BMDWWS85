--- v3 (2026-02-21)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4306267bcbd449fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c48ce6319c247ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88f917bb674248f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb05788f057c54cc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae21d259f5ed41ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88f917bb674248f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad649a447b204df5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb05788f057c54cc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson US Enhanced Inflation Core UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMDWWS85</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>121,472</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,434</x:t>
-[...436 lines deleted...]
-          <x:t>121,521</x:t>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>