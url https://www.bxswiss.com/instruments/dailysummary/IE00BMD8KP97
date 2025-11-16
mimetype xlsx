--- v0 (2025-10-08)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5827bdfa5254dc1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30e7b881f2e477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a36947d20bf404b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re579577544b74db6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd813bbbaf8544eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a36947d20bf404b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09eba038ed06477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re579577544b74db6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Next Generation 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMD8KP97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>34,170</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>35,463</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,345</x:t>
-[...58 lines deleted...]
-          <x:t>35,361</x:t>
+          <x:t>35,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>