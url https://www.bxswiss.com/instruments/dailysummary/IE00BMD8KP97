--- v1 (2025-11-16)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc30e7b881f2e477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1e211973a84f4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re579577544b74db6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff0ced85975458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09eba038ed06477f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re579577544b74db6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c44f6b9a19448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff0ced85975458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Next Generation 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMD8KP97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...284 lines deleted...]
-          <x:t>35,234</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,544</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>35,187</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>