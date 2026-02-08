--- v2 (2025-12-25)
+++ v3 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa1e211973a84f4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff135144913a46c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ff0ced85975458d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a8317e37114984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c44f6b9a19448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ff0ced85975458d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031c97c3111f43b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a8317e37114984" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Next Generation 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMD8KP97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>34,384</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,011</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>36,033</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>