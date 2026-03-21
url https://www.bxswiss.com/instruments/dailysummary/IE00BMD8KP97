--- v3 (2026-02-08)
+++ v4 (2026-03-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff135144913a46c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce51a12a53304957" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33a8317e37114984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9155d760abcd4f41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R031c97c3111f43b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33a8317e37114984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c95219df4624625" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9155d760abcd4f41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ Next Generation 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMD8KP97</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...468 lines deleted...]
-          <x:t>36,594</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,051</x:t>
-[...70 lines deleted...]
-          <x:t>36,591</x:t>
+          <x:t>36,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,935</x:t>
-[...53 lines deleted...]
-          <x:t>36,044</x:t>
+          <x:t>35,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,983</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>