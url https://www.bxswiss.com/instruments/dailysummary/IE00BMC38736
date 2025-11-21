--- v0 (2025-10-08)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7cbd1343564ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd9c6cc6254b4a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re848ee562ace4105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40f068532ba4543"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f3c0e6e319e4892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re848ee562ace4105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c72a6264a84caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40f068532ba4543" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Semiconductor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMC38736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>46,839</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,834</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>