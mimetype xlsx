--- v1 (2025-11-21)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd9c6cc6254b4a5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2622f7354f474b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd40f068532ba4543"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a51259703504b08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c72a6264a84caf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd40f068532ba4543" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6107d8cebd42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a51259703504b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Semiconductor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMC38736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>46,834</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,488</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>