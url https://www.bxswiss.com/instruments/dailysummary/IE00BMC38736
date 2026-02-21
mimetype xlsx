--- v2 (2026-01-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2622f7354f474b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d918bdb242d4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a51259703504b08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2859b25aa8d415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6107d8cebd42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a51259703504b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f687b64efb4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2859b25aa8d415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Semiconductor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMC38736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>49,488</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>