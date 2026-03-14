--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d918bdb242d4980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94693c1fcc894a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2859b25aa8d415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd6954b4ee6440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87f687b64efb4e7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2859b25aa8d415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R981efac449bd43df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd6954b4ee6440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Semiconductor UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BMC38736</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,964</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,486</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>