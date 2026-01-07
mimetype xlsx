--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca48b5ea2f7e4b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44bfe7163304675" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12d1fa24c2834e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f5d827b43a4c1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73ceaacbac3b4cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12d1fa24c2834e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127bc74d85284934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f5d827b43a4c1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets ex-State-Owned Enterprises UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM9TSP27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>20,954</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>