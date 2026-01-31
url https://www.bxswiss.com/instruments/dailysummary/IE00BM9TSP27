--- v1 (2026-01-07)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44bfe7163304675" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343c713d13d945ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f5d827b43a4c1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda225c3a450445cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127bc74d85284934" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f5d827b43a4c1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8e233e6cf548e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda225c3a450445cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets ex-State-Owned Enterprises UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM9TSP27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,871</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +224,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>