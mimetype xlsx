--- v2 (2026-01-31)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343c713d13d945ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca3e458ade524574" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda225c3a450445cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabb0283fc5342ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb8e233e6cf548e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda225c3a450445cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87fff09c1094a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabb0283fc5342ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets ex-State-Owned Enterprises UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM9TSP27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>22,427</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,427</x:t>
-[...259 lines deleted...]
-          <x:t>22,658</x:t>
+          <x:t>23,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,271</x:t>
-[...220 lines deleted...]
-          <x:t>22,662</x:t>
+          <x:t>22,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,819</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>