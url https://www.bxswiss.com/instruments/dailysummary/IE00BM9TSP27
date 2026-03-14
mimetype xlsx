--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca3e458ade524574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf20603b2331d4bcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabb0283fc5342ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0720d97d33747a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re87fff09c1094a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabb0283fc5342ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R219986766d284b0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0720d97d33747a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Emerging Markets ex-State-Owned Enterprises UCITS ETF - Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM9TSP27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>22,658</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,271</x:t>
-[...625 lines deleted...]
-          <x:t>23,819</x:t>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>