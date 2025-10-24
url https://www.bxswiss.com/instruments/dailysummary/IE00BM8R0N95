--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86554ef0d9d94ca5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3eaceae7564663" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R128e85cc4ed64ac6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce3497129be440f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a326c4e56da4b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R128e85cc4ed64ac6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3576aafcb75b4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce3497129be440f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Genomics &amp; Biotechnology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0N95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>5,214</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,241</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>5,172</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,150</x:t>
-[...38 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,355</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>5,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>