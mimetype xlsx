--- v1 (2025-10-24)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c3eaceae7564663" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a833c83dbc41bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce3497129be440f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c2bd7b3a0bc4fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3576aafcb75b4e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce3497129be440f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8572fe9479b4ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c2bd7b3a0bc4fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Genomics &amp; Biotechnology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0N95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>6,170</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>