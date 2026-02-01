--- v2 (2026-01-08)
+++ v3 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67a833c83dbc41bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89beeaa03ab41a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c2bd7b3a0bc4fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8b782f6b684c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8572fe9479b4ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c2bd7b3a0bc4fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e77bb8dd1e54321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8b782f6b684c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Genomics &amp; Biotechnology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0N95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,676</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,652</x:t>
-[...38 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,713</x:t>
+          <x:t>6,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,649</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>6,413</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,616</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>6,885</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>