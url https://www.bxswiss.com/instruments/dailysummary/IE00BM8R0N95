--- v3 (2026-02-01)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89beeaa03ab41a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833429ae8b66484f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref8b782f6b684c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae608b7578dc4669"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e77bb8dd1e54321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref8b782f6b684c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738f567699e1480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae608b7578dc4669" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Genomics &amp; Biotechnology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0N95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,952</x:t>
-[...350 lines deleted...]
-          <x:t>6,899</x:t>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,861</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>6,846</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,624</x:t>
         </x:is>
       </x:c>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>