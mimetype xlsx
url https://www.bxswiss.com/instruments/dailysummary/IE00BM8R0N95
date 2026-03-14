--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833429ae8b66484f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d4bc419fc34c27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae608b7578dc4669"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaf1d54ee1874d5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R738f567699e1480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae608b7578dc4669" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra03fb90dae8a403d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaf1d54ee1874d5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Genomics &amp; Biotechnology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0N95</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>6,768</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,528</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...185 lines deleted...]
-          <x:t>6,148</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,290</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,338</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>6,504</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>