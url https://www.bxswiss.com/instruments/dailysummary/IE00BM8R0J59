--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R16f6840df0e6487c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a0dc5cb8024014" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c78788556844317"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08d5fb1eee34e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e2957e83c2494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c78788556844317" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071627f71a6440de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08d5fb1eee34e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Nasdaq 100 Covered Call UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0J59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>12,787</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,889</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>12,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,826</x:t>
-[...440 lines deleted...]
-        <x:is>
           <x:t>12,982</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,004</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>