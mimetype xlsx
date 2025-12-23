--- v1 (2025-11-13)
+++ v2 (2025-12-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23a0dc5cb8024014" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b35a57e7a5b403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re08d5fb1eee34e25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e63ca55b1a46b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071627f71a6440de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re08d5fb1eee34e25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95203b75f774a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e63ca55b1a46b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Nasdaq 100 Covered Call UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0J59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>13,109</x:t>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,061</x:t>
-[...70 lines deleted...]
-          <x:t>13,244</x:t>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,287</x:t>
-        </x:is>
-[...278 lines deleted...]
-          <x:t>13,147</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>