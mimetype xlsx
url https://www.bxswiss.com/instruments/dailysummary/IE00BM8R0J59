--- v2 (2025-12-23)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b35a57e7a5b403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0db022c2ba54c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7e63ca55b1a46b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c80f94fb5f4482a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd95203b75f774a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7e63ca55b1a46b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb587e64f057d4790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c80f94fb5f4482a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Nasdaq 100 Covered Call UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0J59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>13,360</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>13,469</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,375</x:t>
-[...264 lines deleted...]
-          <x:t>13,162</x:t>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,188</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>13,287</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>