--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0db022c2ba54c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339d640fad40490e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c80f94fb5f4482a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd068bcb112a8436a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb587e64f057d4790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c80f94fb5f4482a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3bdc3d204794378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd068bcb112a8436a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Nasdaq 100 Covered Call UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0J59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,416 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>13,523</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,400</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>13,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,306</x:t>
         </x:is>
       </x:c>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>