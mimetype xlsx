--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R339d640fad40490e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ba6ac79790747b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd068bcb112a8436a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8ca8dd33de34f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3bdc3d204794378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd068bcb112a8436a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfbebedcd46b48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8ca8dd33de34f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Nasdaq 100 Covered Call UCITS ETF USD Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8R0J59</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,781</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>12,768</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>12,636</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,789</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...207 lines deleted...]
-          <x:t>12,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,781</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.02.2026</x:t>
-[...19 lines deleted...]
-          <x:t>12,830</x:t>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>