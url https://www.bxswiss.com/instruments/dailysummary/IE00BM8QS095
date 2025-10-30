--- v0 (2025-10-08)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9c05a27c1594bc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9dd90d0398c49c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc166b0f3f7764cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00e83e1ec274373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13612356d4974ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc166b0f3f7764cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192d5c68375b44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00e83e1ec274373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QS095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>