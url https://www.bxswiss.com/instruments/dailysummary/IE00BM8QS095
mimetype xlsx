--- v1 (2025-10-30)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9dd90d0398c49c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reafb00c716eb47bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra00e83e1ec274373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485264b6aebf4f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R192d5c68375b44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra00e83e1ec274373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a5ccbbe2cf499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485264b6aebf4f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QS095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>