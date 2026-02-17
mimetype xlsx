--- v2 (2025-11-20)
+++ v3 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reafb00c716eb47bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1210089769414ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485264b6aebf4f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67434dfa0a4d4094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a5ccbbe2cf499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485264b6aebf4f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38801b55092e40ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67434dfa0a4d4094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QS095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>26,095</x:t>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,099</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>