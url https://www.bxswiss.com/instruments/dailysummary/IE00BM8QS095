--- v3 (2026-02-17)
+++ v4 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1210089769414ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b2802849a448dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67434dfa0a4d4094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce13769479e44b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38801b55092e40ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67434dfa0a4d4094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98231173c1ba4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce13769479e44b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QS095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,916</x:t>
+          <x:t>25,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,768</x:t>
-[...6 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>25,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,760</x:t>
-[...279 lines deleted...]
-          <x:t>25,099</x:t>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>