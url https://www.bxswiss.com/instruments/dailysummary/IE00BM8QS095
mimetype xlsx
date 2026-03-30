--- v4 (2026-03-09)
+++ v5 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3b2802849a448dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R511d6f6c51a94eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfce13769479e44b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb705ffa31f614e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98231173c1ba4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfce13769479e44b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R470ea5146b1649c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb705ffa31f614e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI China Technology All Shares Stock Connect UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QS095</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,147</x:t>
-[...242 lines deleted...]
-          <x:t>25,215</x:t>
+          <x:t>24,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,112</x:t>
-[...323 lines deleted...]
-          <x:t>24,020</x:t>
+          <x:t>24,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>