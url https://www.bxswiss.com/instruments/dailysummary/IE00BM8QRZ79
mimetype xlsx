--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeb8ef35647d4a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d27f193342347c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7389fb68779422f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6dd59d3a1ac4614"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ad4352ab899481b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7389fb68779422f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33de445ea85e4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6dd59d3a1ac4614" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Solar Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QRZ79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>19,467</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>