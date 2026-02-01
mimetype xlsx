--- v1 (2025-11-14)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d27f193342347c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82ea4aa75fc42de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6dd59d3a1ac4614"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70dd514b3c64a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33de445ea85e4c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6dd59d3a1ac4614" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce6298bee074af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70dd514b3c64a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Solar Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QRZ79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...581 lines deleted...]
-          <x:t>21,451</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,649</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>20,329</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>