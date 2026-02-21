--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb82ea4aa75fc42de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bab728ee5848c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb70dd514b3c64a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcecf822e91447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfce6298bee074af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb70dd514b3c64a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5faebd8f384b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcecf822e91447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Solar Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QRZ79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,382 +149,85 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>21,155</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,358</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,564</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,684</x:t>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,256</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>