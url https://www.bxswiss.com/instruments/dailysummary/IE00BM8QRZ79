--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bab728ee5848c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda846692a4949b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redcecf822e91447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1857149b6b24913"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5faebd8f384b2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redcecf822e91447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c6b73d2a4d4703" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1857149b6b24913" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Solar Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM8QRZ79</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>22,242</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...505 lines deleted...]
-          <x:t>24,256</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>