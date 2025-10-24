--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd25db522408344a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff629d1d61344f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7791cdee5fc4ef2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc451916c5c446d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra208d0a893ca445e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7791cdee5fc4ef2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70b7e631128640bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc451916c5c446d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HW99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>86,912</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,309</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,664</x:t>
-[...90 lines deleted...]
-          <x:t>88,371</x:t>
+          <x:t>87,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>