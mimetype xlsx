--- v1 (2025-10-24)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff629d1d61344f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R758225eb181c49c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc451916c5c446d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d894913af4c4b86"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70b7e631128640bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc451916c5c446d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5db84bafa9034869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d894913af4c4b86" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HW99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>87,569</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>