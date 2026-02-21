--- v2 (2026-01-08)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R758225eb181c49c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd23d589d06f4d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d894913af4c4b86"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d695bf5acc24034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5db84bafa9034869" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d894913af4c4b86" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b0ab154fe14182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d695bf5acc24034" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HW99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>89,654</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,088</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>90,043</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,252</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>91,004</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>