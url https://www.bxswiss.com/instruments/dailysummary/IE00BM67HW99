--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd23d589d06f4d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1541bd1eea5341e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d695bf5acc24034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0e5d3a96bb64a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b0ab154fe14182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d695bf5acc24034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2dcfe2cd70480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0e5d3a96bb64a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 UCITS ETF 1C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HW99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,246</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>