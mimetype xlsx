--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R772479f3f3de4897" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e4e94dacb84afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7736419ba7147dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9e9812c8744cfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13ca9912a3d04487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7736419ba7147dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R645d569577284f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9e9812c8744cfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Industrials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>59,223</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,528</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>60,486</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>