--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76e4e94dacb84afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9da5fc75d23e48e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd9e9812c8744cfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707ca209ce0d4291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R645d569577284f6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd9e9812c8744cfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78bd14d916d9460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707ca209ce0d4291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Industrials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,003</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,931</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,897</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>