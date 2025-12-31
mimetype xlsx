--- v2 (2025-11-20)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9da5fc75d23e48e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7975d299ea6048de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R707ca209ce0d4291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5571bdb48b1e4c69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78bd14d916d9460d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R707ca209ce0d4291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a87eaacb3e4334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5571bdb48b1e4c69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Industrials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>61,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>61,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,664</x:t>
-[...301 lines deleted...]
-          <x:t>58,897</x:t>
+          <x:t>61,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>