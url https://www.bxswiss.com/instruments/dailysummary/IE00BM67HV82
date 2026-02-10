--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7975d299ea6048de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66b0b2b09d74ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5571bdb48b1e4c69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60118418e4ec401c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53a87eaacb3e4334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5571bdb48b1e4c69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c37fa35cfa4cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60118418e4ec401c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Industrials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>61,112</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,038</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>