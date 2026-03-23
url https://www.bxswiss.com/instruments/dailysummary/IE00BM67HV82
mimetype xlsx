--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66b0b2b09d74ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5708bbef9eff4b00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60118418e4ec401c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d55f1e86e04fb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c37fa35cfa4cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60118418e4ec401c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e21947bb23c44a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d55f1e86e04fb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Industrials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HV82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>66,038</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>