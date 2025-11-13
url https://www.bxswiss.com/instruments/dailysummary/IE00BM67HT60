--- v0 (2025-10-22)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaa7874d51494d7d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a014cafccf4016" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R654af6c9d2e24ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2761b74fd6db4444"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6952c3afd6b64371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R654af6c9d2e24ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fde8b15a7f9408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2761b74fd6db4444" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Information Technology UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HT60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,701</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>