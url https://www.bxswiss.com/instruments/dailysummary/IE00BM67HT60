--- v1 (2025-11-13)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32a014cafccf4016" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba20cc8021e4326" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2761b74fd6db4444"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8666e7cc8dfa4e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fde8b15a7f9408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2761b74fd6db4444" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1167ccfc756402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8666e7cc8dfa4e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Information Technology UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HT60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>95,701</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>