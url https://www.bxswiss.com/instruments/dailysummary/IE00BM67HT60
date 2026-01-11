--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba20cc8021e4326" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdbc8b88787413d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8666e7cc8dfa4e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd64708bb554934"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1167ccfc756402b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8666e7cc8dfa4e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfca2d398a5964164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd64708bb554934" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Information Technology UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HT60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>