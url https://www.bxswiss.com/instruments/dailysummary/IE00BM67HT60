--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdbc8b88787413d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f542d7b2346431e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bd64708bb554934"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8e08c14ef845c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfca2d398a5964164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bd64708bb554934" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd28d8b04e01c4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8e08c14ef845c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Information Technology UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HT60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>94,243</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>