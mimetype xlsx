--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f542d7b2346431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb06864d4e048dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad8e08c14ef845c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5ee60b705234bf2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd28d8b04e01c4091" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad8e08c14ef845c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c86c3a6a85a4d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5ee60b705234bf2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Information Technology UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HT60</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>