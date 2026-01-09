--- v0 (2025-11-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2672ee0904024fb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe3c1af811649b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra984a8e96acd46f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9171f6d0da447f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81ea8e7a75c34154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra984a8e96acd46f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368ad43e755f4667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9171f6d0da447f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Materials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HS53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>51,909</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>