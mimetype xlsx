--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe3c1af811649b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ca7bb6b7d84fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9171f6d0da447f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19830e051040438b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R368ad43e755f4667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9171f6d0da447f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bcdf0ddfeca451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19830e051040438b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Materials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HS53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>