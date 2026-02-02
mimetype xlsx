--- v2 (2026-01-10)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92ca7bb6b7d84fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68ab94f00624a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19830e051040438b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c331a5aaf814e69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bcdf0ddfeca451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19830e051040438b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae7489664b404e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c331a5aaf814e69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Materials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HS53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,466</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>