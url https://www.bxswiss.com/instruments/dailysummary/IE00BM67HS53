--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc68ab94f00624a66" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a63c80d89334da4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c331a5aaf814e69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41b02c49dd54aa6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae7489664b404e5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c331a5aaf814e69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f98345d3f047e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41b02c49dd54aa6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Materials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HS53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>13.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,406</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>60,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>60,502</x:t>
-[...144 lines deleted...]
-          <x:t>58,466</x:t>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>