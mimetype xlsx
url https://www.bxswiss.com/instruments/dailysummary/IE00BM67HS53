--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a63c80d89334da4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e26f6a163c84a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc41b02c49dd54aa6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea43c00c37cb453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78f98345d3f047e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc41b02c49dd54aa6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabf07edc49364c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea43c00c37cb453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Materials UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HS53</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>62,751</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>61,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,544</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,081</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>