--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec9bd1e72e948d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424fde2f734e4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9165edc1fafe4718"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d756695e09d4dac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a067d92664f416e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9165edc1fafe4718" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ddb219f6bf4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d756695e09d4dac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Communication Services UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HR47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>25,493</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>25,343</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>25,886</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,581</x:t>
-[...205 lines deleted...]
-          <x:t>26,082</x:t>
+          <x:t>25,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,958</x:t>
-[...323 lines deleted...]
-          <x:t>25,332</x:t>
+          <x:t>25,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>