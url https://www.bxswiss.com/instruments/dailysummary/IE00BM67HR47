--- v1 (2025-10-29)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R424fde2f734e4659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dcfdc8d9118468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d756695e09d4dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe55fbac2864c88"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ddb219f6bf4985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d756695e09d4dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6358dd0427ac4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe55fbac2864c88" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Communication Services UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HR47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>25,573</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,473</x:t>
-[...107 lines deleted...]
-          <x:t>25,405</x:t>
+          <x:t>25,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,564</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>25,961</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>