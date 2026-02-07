--- v2 (2025-12-28)
+++ v3 (2026-02-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dcfdc8d9118468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6617cf812b5c4c82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe55fbac2864c88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1684db5205ab4d66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6358dd0427ac4909" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe55fbac2864c88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250689aa32c140e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1684db5205ab4d66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Communication Services UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HR47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,702</x:t>
-[...274 lines deleted...]
-          <x:t>25,614</x:t>
+          <x:t>26,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,671</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>25,564</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>