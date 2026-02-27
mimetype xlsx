--- v3 (2026-02-07)
+++ v4 (2026-02-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6617cf812b5c4c82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b2ab8fa07e434e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1684db5205ab4d66"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5205273196064096"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R250689aa32c140e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1684db5205ab4d66" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf65103451df640b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5205273196064096" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Communication Services UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HR47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>25,675</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,526</x:t>
-[...366 lines deleted...]
-        <x:is>
           <x:t>25,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>