--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b2ab8fa07e434e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62158b29f7c34479" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5205273196064096"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69c9abfd21014d5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf65103451df640b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5205273196064096" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1e3f9b4e52e4361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69c9abfd21014d5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Communication Services UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HR47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>25,414</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,096</x:t>
-[...382 lines deleted...]
-          <x:t>25,262</x:t>
+          <x:t>25,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>