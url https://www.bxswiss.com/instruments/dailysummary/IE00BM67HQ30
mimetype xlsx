--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8143a4883e0d4c6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373fe4c8411b458c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d80b3d50d8b4f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8fc1aea816346d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab739716a3524601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d80b3d50d8b4f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4290670a6167493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8fc1aea816346d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HQ30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,257</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>