--- v1 (2025-11-02)
+++ v2 (2026-01-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373fe4c8411b458c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1380c4f17ab5490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8fc1aea816346d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638be0453ce54320"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4290670a6167493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8fc1aea816346d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869577ada22f4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638be0453ce54320" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HQ30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>35,250</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,110</x:t>
-[...544 lines deleted...]
-          <x:t>36,271</x:t>
+          <x:t>35,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>