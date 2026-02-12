--- v2 (2026-01-04)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1380c4f17ab5490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb61afff0a1654c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R638be0453ce54320"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99116c47eced4943"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869577ada22f4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R638be0453ce54320" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07c977cc4f240ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99116c47eced4943" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HQ30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>10.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,679</x:t>
-[...306 lines deleted...]
-          <x:t>35,545</x:t>
+          <x:t>35,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>