--- v3 (2026-02-12)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb61afff0a1654c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c3d8b3debc44ed1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99116c47eced4943"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra90fddc1267343cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd07c977cc4f240ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99116c47eced4943" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffba7ef45eff4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra90fddc1267343cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Utilities UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HQ30</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...640 lines deleted...]
-          <x:t>37,509</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,121</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>