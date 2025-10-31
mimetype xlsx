--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bf94bcffe2e4e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1afb74945e674451" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3aca1fc08ff548c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f99f23db1a24f87"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fed00e2ae774189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3aca1fc08ff548c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f741ce974ac4b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f99f23db1a24f87" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Discretionary UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HP23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>54,089</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,218</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>54,956</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>55,260</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>55,033</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>