--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1afb74945e674451" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601b78b142f84587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f99f23db1a24f87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f32fd1853cf4327"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f741ce974ac4b76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f99f23db1a24f87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff5e3684ae8148ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f32fd1853cf4327" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Discretionary UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HP23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,171 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>55,260</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,299</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...501 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,940</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>