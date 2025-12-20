--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R601b78b142f84587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32826834a660427f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f32fd1853cf4327"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R019a75a7cade428c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff5e3684ae8148ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f32fd1853cf4327" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2c9fb4cb574bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R019a75a7cade428c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Discretionary UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HP23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>55,010</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,753</x:t>
-[...350 lines deleted...]
-          <x:t>55,815</x:t>
+          <x:t>55,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,989</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...154 lines deleted...]
-          <x:t>53,435</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>