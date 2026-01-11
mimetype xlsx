--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32826834a660427f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb5cca1672140fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R019a75a7cade428c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995d03ff79244dd5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce2c9fb4cb574bc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R019a75a7cade428c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb33233511c43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995d03ff79244dd5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Discretionary UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HP23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>55,195</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,524</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>55,437</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>55,584</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,951</x:t>
-[...220 lines deleted...]
-          <x:t>56,170</x:t>
+          <x:t>56,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>