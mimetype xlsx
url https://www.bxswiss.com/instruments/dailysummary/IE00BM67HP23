--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdeb5cca1672140fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708ca7ac0cbc4bab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R995d03ff79244dd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae0edffe76f34ba3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bb33233511c43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R995d03ff79244dd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c9eb44a79a480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae0edffe76f34ba3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Discretionary UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HP23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>57,659</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,136</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>