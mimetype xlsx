--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708ca7ac0cbc4bab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65db40849af54c35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae0edffe76f34ba3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c16d24c97dc4940"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17c9eb44a79a480f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae0edffe76f34ba3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40932515c0164f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c16d24c97dc4940" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Discretionary UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HP23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,274</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>