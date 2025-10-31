--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6759d3dfc33d4a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ef844847a74507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be5740df6b34a64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad68837b6414cb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5acefad7c2f9407a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be5740df6b34a64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7720e2b0b0fb4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad68837b6414cb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Staples UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>41,432</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,992</x:t>
-[...161 lines deleted...]
-          <x:t>40,600</x:t>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>40,296</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,371</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>40,158</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>