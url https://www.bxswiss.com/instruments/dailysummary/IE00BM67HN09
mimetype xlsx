--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7ef844847a74507" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc3fc8523ff47ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ad68837b6414cb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racbb295547694576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7720e2b0b0fb4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ad68837b6414cb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc731e65a9f90494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racbb295547694576" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Staples UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>40,248</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>40,483</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,709</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>40,429</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>