--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebc3fc8523ff47ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047c0346b8c54eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racbb295547694576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2bffb78f1a4318"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc731e65a9f90494c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racbb295547694576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cabac56c8594883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2bffb78f1a4318" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Staples UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>41,270</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,070</x:t>
-[...490 lines deleted...]
-          <x:t>40,872</x:t>
+          <x:t>41,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>