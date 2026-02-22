--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047c0346b8c54eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6816f3b068ac49da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2bffb78f1a4318"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cbc843c2284dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cabac56c8594883" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2bffb78f1a4318" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35866ea8971342eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cbc843c2284dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Staples UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>41,215</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>