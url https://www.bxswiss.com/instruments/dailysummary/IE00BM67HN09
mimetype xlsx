--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6816f3b068ac49da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6bfe93532c684090" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37cbc843c2284dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae05c30eea034826"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35866ea8971342eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37cbc843c2284dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df2bf5f47d345e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae05c30eea034826" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Consumer Staples UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>