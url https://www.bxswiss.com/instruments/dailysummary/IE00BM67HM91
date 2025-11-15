--- v0 (2025-10-25)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6438d0a8a64e4bd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e250cc9ce54360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc1337d0e2fa452c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a54f975a6942f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfcc85ce1e79409f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc1337d0e2fa452c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2b3c09e61a4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a54f975a6942f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HM91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,016</x:t>
-[...31 lines deleted...]
-          <x:t>42,459</x:t>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,627</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>42,586</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>