--- v1 (2025-11-15)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e250cc9ce54360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bef389c1b024be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67a54f975a6942f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d70919917e4d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf2b3c09e61a4ed5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67a54f975a6942f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raac86a05b3494dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d70919917e4d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HM91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>44,028</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>