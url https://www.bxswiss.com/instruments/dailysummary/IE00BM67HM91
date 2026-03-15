--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bef389c1b024be5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc43821a55b8f4294" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d70919917e4d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R636203bf7d1f4e54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raac86a05b3494dc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d70919917e4d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref0884aa581c440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R636203bf7d1f4e54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HM91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,228</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>