--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f10a9e62cde4c7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a9028299e948a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97163816887b4aa5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re114456d56244558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc23ab310f1c44180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97163816887b4aa5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0095526f35442bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re114456d56244558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Financials UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HL84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>32,674</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,448</x:t>
-        </x:is>
-[...516 lines deleted...]
-          <x:t>33,208</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>