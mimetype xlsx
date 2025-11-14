--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a9028299e948a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0652dfd9dd44c7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re114456d56244558"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c0bda75ef54ed0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0095526f35442bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re114456d56244558" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b007a9b5f8450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c0bda75ef54ed0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Financials UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HL84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>33,081</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,207</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>32,448</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,212</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>