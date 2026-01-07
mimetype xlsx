--- v2 (2025-11-14)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0652dfd9dd44c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b421b7c6584808" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c0bda75ef54ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3a77ee372d245d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b007a9b5f8450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c0bda75ef54ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4180f8de313549cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3a77ee372d245d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Financials UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HL84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...625 lines deleted...]
-          <x:t>33,664</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,207</x:t>
-[...4 lines deleted...]
-          <x:t>33,212</x:t>
+          <x:t>34,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>