--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b421b7c6584808" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ecfffe376d84cb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3a77ee372d245d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc45fc9968394fb6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4180f8de313549cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3a77ee372d245d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref90d5273d1449f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc45fc9968394fb6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Financials UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HL84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,123</x:t>
-[...414 lines deleted...]
-          <x:t>35,610</x:t>
+          <x:t>33,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>