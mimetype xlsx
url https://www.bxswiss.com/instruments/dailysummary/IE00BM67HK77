--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdecb23fc8144aab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5372ac58984be9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2182a8511a24cb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf736365a29424591"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdee0bd5be0d24ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2182a8511a24cb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d135aa082ed4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf736365a29424591" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Health Care UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>42,326</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...327 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,088</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,198</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>