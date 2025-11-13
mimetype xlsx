--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb5372ac58984be9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc3acaaf99147b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf736365a29424591"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf946d8131cb4192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d135aa082ed4df4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf736365a29424591" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71533d1bb4714306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf946d8131cb4192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Health Care UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...269 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,450</x:t>
-[...129 lines deleted...]
-          <x:t>43,848</x:t>
+          <x:t>43,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,038</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,718</x:t>
-[...220 lines deleted...]
-          <x:t>44,198</x:t>
+          <x:t>43,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,962</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>