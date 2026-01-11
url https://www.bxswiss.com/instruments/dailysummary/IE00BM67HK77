--- v2 (2025-11-13)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc3acaaf99147b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98844c0818594a3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf946d8131cb4192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31910ef26043430a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71533d1bb4714306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf946d8131cb4192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0848ca3462594a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31910ef26043430a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Health Care UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>45,962</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,044</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>