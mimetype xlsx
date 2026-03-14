--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98844c0818594a3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85d18b05df674f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31910ef26043430a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R126d3b99312440fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0848ca3462594a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31910ef26043430a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792a4c2edec44682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R126d3b99312440fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Health Care UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BM67HK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>47,206</x:t>
-[...333 lines deleted...]
-          <x:t>48,044</x:t>
+          <x:t>46,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>