--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2ba0bcb130e4710" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcd9dc9da7c4245" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55a6b365a0ee4477"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b23a6d27a634e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49df61eb4d14e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55a6b365a0ee4477" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477ca18951db4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b23a6d27a634e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Buyback Achievers UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLSNMW37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>52,957</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>