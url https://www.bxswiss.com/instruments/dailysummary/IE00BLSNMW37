--- v1 (2026-01-28)
+++ v2 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcd9dc9da7c4245" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274cdcad3e3146d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b23a6d27a634e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6049bbe4feb641e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477ca18951db4c7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b23a6d27a634e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b32d1a5c84486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6049bbe4feb641e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Buyback Achievers UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLSNMW37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,409</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -656,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,791</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,999</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>