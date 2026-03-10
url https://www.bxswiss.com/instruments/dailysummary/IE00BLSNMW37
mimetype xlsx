--- v2 (2026-02-17)
+++ v3 (2026-03-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R274cdcad3e3146d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb168c202c84f4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6049bbe4feb641e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37dd9697a5144a8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46b32d1a5c84486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6049bbe4feb641e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8b0ec54b11144cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37dd9697a5144a8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Buyback Achievers UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLSNMW37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>55,632</x:t>
-[...441 lines deleted...]
-          <x:t>54,999</x:t>
+          <x:t>55,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>