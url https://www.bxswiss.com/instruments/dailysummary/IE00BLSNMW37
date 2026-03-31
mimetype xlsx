--- v3 (2026-03-10)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcb168c202c84f4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08408d0240cf42f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37dd9697a5144a8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d365261d12a40ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8b0ec54b11144cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37dd9697a5144a8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f93b821f19449c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d365261d12a40ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Buyback Achievers UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLSNMW37</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>