--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9d6d525d48d4885" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3be7556f035f4fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1747690f0ef4826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde3b3e57c1b4a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed9da4d37844048" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1747690f0ef4826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2184fc91bf45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde3b3e57c1b4a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Environmental Impact 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRPRR04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>4,373</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,377</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>4,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,452</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...317 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>4,516</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,496</x:t>
-[...70 lines deleted...]
-          <x:t>4,548</x:t>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,507</x:t>
-[...58 lines deleted...]
-          <x:t>4,585</x:t>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>