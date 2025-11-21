--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3be7556f035f4fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b5ebf592cf469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfde3b3e57c1b4a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4408d74db00b4094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a2184fc91bf45ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfde3b3e57c1b4a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redc4ddaa2ca24d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4408d74db00b4094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Environmental Impact 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRPRR04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>4,402</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,548</x:t>
-[...53 lines deleted...]
-          <x:t>4,569</x:t>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,559</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>4,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,493</x:t>
-[...215 lines deleted...]
-          <x:t>4,578</x:t>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>