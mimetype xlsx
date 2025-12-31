--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b5ebf592cf469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e048678eba4478a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4408d74db00b4094"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a8d5d611d34f93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redc4ddaa2ca24d84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4408d74db00b4094" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc79b3b03c4ac4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a8d5d611d34f93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Environmental Impact 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRPRR04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,507</x:t>
-[...53 lines deleted...]
-          <x:t>4,544</x:t>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,489</x:t>
-[...178 lines deleted...]
-          <x:t>4,574</x:t>
+          <x:t>4,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,516</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>4,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>