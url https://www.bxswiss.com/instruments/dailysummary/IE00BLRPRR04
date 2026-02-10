--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e048678eba4478a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592b3ac4a3b64411" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8a8d5d611d34f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7585339930ba43e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc79b3b03c4ac4c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8a8d5d611d34f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a86ab29059b4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7585339930ba43e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Environmental Impact 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRPRR04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>4,516</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>