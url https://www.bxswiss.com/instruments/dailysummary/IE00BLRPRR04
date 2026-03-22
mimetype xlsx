--- v4 (2026-02-10)
+++ v5 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592b3ac4a3b64411" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2b10347c1ef4fd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7585339930ba43e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd72f919621ee4793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a86ab29059b4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7585339930ba43e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c61650419bc496f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd72f919621ee4793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize Environmental Impact 100 UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRPRR04</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,672</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>13.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,765</x:t>
-[...367 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>4,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,777</x:t>
-[...144 lines deleted...]
-          <x:t>4,873</x:t>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>