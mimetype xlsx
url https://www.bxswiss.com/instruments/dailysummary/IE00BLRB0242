--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0902e8bf014c59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c8fca2533c443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424ba9b13e41404a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c53aa8563b4f63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f17d8cf6eb4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424ba9b13e41404a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13faee1003c34acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c53aa8563b4f63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRB0242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>16,985</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,985</x:t>
-[...220 lines deleted...]
-          <x:t>18,185</x:t>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>