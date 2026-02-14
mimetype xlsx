--- v1 (2026-01-08)
+++ v2 (2026-02-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1c8fca2533c443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf8a15adad7e4a00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41c53aa8563b4f63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6a0613919d4308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13faee1003c34acf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41c53aa8563b4f63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21226c7d85804afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6a0613919d4308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRB0242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>18,243</x:t>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,086</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>