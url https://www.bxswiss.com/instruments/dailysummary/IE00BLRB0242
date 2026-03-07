--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf8a15adad7e4a00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra167c9e332834963" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b6a0613919d4308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986ba384c5614f56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21226c7d85804afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b6a0613919d4308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R791d512714bc44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986ba384c5614f56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRB0242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.01.2026</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,652</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>18,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,841</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>19,086</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,452</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>