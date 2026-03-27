--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra167c9e332834963" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c413e82cabb4aec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R986ba384c5614f56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f393f4dbfe6480f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R791d512714bc44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R986ba384c5614f56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c492f3545b44d62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f393f4dbfe6480f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Global Clean Energy UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLRB0242</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...161 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,433</x:t>
-[...43 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>18,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,107</x:t>
-[...112 lines deleted...]
-          <x:t>19,217</x:t>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,349</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>18,452</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,414</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>