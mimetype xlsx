--- v0 (2025-10-10)
+++ v1 (2025-10-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd67c40fee2854789" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65319a13b90a4be4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2480176956db45da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d60497afbf480e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e485ce99464895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2480176956db45da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3582e48224a4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d60497afbf480e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Telemedicine &amp; Digital Health UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6QB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>7,495</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,452</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>7,326</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>7,418</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,359</x:t>
-[...188 lines deleted...]
-          <x:t>7,692</x:t>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>