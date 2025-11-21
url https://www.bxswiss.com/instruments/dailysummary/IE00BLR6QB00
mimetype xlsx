--- v1 (2025-10-30)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65319a13b90a4be4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9271b90f36154a3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d60497afbf480e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8618eee1dfd6415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3582e48224a4da4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d60497afbf480e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3101ce9c6fdb42e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8618eee1dfd6415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Telemedicine &amp; Digital Health UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6QB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>7,326</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,356</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>7,418</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,359</x:t>
-[...556 lines deleted...]
-          <x:t>7,381</x:t>
+          <x:t>7,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,274</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>7,237</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>7,286</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>