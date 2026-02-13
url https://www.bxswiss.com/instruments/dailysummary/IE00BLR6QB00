--- v2 (2025-11-21)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9271b90f36154a3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549ea2fbdb8c4025" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8618eee1dfd6415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45eff589a204a4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3101ce9c6fdb42e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8618eee1dfd6415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81256f4f8c424e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45eff589a204a4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Telemedicine &amp; Digital Health UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6QB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,511</x:t>
-[...75 lines deleted...]
-          <x:t>7,405</x:t>
+          <x:t>7,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,295</x:t>
-[...146 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,343</x:t>
-[...156 lines deleted...]
-          <x:t>7,165</x:t>
+          <x:t>7,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,082</x:t>
-[...53 lines deleted...]
-          <x:t>7,105</x:t>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,176</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>7,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>7,053</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,133</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>