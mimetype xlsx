--- v3 (2026-02-13)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549ea2fbdb8c4025" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd21eaa8f1dce4fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re45eff589a204a4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc25e43caaafc487b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81256f4f8c424e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re45eff589a204a4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fce819fc0124e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc25e43caaafc487b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Telemedicine &amp; Digital Health UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6QB00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...539 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,341</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>6,133</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>