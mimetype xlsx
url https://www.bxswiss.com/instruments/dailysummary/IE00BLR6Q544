--- v0 (2025-10-07)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdda1380b78ab466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999d8f5d41cb4cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef8a8eec07c4038"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce5d9049086423b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb41b70181245ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef8a8eec07c4038" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793e800594ac4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce5d9049086423b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Video Games &amp; Esports UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6Q544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,450</x:t>
-[...576 lines deleted...]
-          <x:t>12,765</x:t>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>