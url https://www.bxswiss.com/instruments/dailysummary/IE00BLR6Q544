--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999d8f5d41cb4cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2569b52dd9b2448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ce5d9049086423b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd976bcb050ae4f70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R793e800594ac4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ce5d9049086423b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29147cd4402f4221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd976bcb050ae4f70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Video Games &amp; Esports UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6Q544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,473</x:t>
-[...31 lines deleted...]
-          <x:t>12,143</x:t>
+          <x:t>12,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,312</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,446</x:t>
-[...43 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>11,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,951</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>12,342</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>