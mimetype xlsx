--- v2 (2025-11-16)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2569b52dd9b2448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3373e0670c574155" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd976bcb050ae4f70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d03d6c1af854d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29147cd4402f4221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd976bcb050ae4f70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58062b8a9644710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d03d6c1af854d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Video Games &amp; Esports UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6Q544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>11,893</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>