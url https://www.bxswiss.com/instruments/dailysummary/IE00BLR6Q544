--- v3 (2026-01-08)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3373e0670c574155" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d7893db5cb4623" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d03d6c1af854d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ecb88577ad4a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf58062b8a9644710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d03d6c1af854d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618b3d83165e4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ecb88577ad4a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Video Games &amp; Esports UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6Q544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>11,692</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,649</x:t>
-[...16 lines deleted...]
-          <x:t>11,632</x:t>
+          <x:t>11,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,600</x:t>
-[...377 lines deleted...]
-          <x:t>11,405</x:t>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>