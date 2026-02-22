--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29d7893db5cb4623" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a05f01f60ea4034" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ecb88577ad4a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ebc988f48e40fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R618b3d83165e4264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ecb88577ad4a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f76d6d700949cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ebc988f48e40fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Video Games &amp; Esports UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6Q544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,173 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>11,454</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,506</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>11,496</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,489</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>11,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,457</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,690</x:t>
         </x:is>
       </x:c>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>