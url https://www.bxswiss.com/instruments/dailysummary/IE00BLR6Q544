--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a05f01f60ea4034" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbba80661ab4d06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62ebc988f48e40fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354b21be05bf4745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64f76d6d700949cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62ebc988f48e40fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba01db459ba04d40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354b21be05bf4745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Video Games &amp; Esports UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLR6Q544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>10,448</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,302</x:t>
-[...33 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,369</x:t>
-[...151 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,270</x:t>
-[...53 lines deleted...]
-          <x:t>10,279</x:t>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,268</x:t>
-[...53 lines deleted...]
-          <x:t>10,235</x:t>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>