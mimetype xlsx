--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2474c18901964dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca64bac3b954230" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R522b8aaff06545b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f689bc951c4139"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ceb715e70264d5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R522b8aaff06545b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc425ae2fd3d141a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f689bc951c4139" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLPK3577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>24,931</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,522</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>25,154</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>