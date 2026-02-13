--- v1 (2025-11-01)
+++ v2 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca64bac3b954230" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2193bf76b5f4e19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f689bc951c4139"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf89ead753ff481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc425ae2fd3d141a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f689bc951c4139" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983b12d37ed646f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf89ead753ff481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLPK3577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>24,860</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>