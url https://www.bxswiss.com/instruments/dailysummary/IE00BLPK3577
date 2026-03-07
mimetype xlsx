--- v2 (2026-02-13)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2193bf76b5f4e19" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6016311de31b496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf89ead753ff481c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d5cf6b23da4f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R983b12d37ed646f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf89ead753ff481c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd392333f6aed4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d5cf6b23da4f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLPK3577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>