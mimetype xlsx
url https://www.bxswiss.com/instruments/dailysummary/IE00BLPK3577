--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6016311de31b496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76bf966bdfcb4ff1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8d5cf6b23da4f36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53f8d6557b2649e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd392333f6aed4be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8d5cf6b23da4f36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f048d2b5f6e4e16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53f8d6557b2649e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Cybersecurity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLPK3577</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...365 lines deleted...]
-          <x:t>19,625</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>19,964</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>