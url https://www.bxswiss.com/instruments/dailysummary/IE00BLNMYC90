--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f32cdfc0774047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849ba6a602534e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c43f193ea8e487e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb71585cb97b343ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9f19f522272480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c43f193ea8e487e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da57cdfd605430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb71585cb97b343ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLNMYC90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>82,244</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,774</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>82,582</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>82,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>82,221</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>82,736</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,137</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>