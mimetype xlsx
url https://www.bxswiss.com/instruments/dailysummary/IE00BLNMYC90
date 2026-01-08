--- v1 (2025-11-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R849ba6a602534e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9477b38478d7456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb71585cb97b343ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb714b61ab5a421d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8da57cdfd605430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb71585cb97b343ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb63e66e8d5420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb714b61ab5a421d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLNMYC90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>83,137</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>