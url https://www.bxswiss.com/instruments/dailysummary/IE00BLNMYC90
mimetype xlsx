--- v2 (2026-01-08)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9477b38478d7456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549eac665a2b4687" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb714b61ab5a421d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a2906c6ea543c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb63e66e8d5420b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb714b61ab5a421d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a42197602c4907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a2906c6ea543c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLNMYC90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,244</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>