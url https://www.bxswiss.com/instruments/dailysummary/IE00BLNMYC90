--- v3 (2026-01-09)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R549eac665a2b4687" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573b2d55b58e40ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00a2906c6ea543c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdeb02570974e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a42197602c4907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00a2906c6ea543c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61975bfb500b4c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdeb02570974e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLNMYC90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,343 +149,289 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,777</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,163</x:t>
@@ -629,31 +575,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>