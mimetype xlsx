--- v4 (2026-01-10)
+++ v5 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573b2d55b58e40ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7db183d88b46e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bdeb02570974e3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4fcd27c1a0e407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61975bfb500b4c55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bdeb02570974e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc064cc159bab457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4fcd27c1a0e407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLNMYC90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,607</x:t>
-[...144 lines deleted...]
-          <x:t>87,474</x:t>
+          <x:t>85,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>