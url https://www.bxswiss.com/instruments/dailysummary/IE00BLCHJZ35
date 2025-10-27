--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dbb9e21886246a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722e946ebce54384" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcbfbe8252eb43d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2109a16ae8cc4de6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13454ed11e26453f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcbfbe8252eb43d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa90aae58d7a40da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2109a16ae8cc4de6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Fintech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJZ35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>8,468</x:t>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,272</x:t>
-[...146 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,518</x:t>
-[...259 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>8,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>8,568</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>