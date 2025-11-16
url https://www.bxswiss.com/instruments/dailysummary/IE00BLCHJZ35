--- v1 (2025-10-27)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R722e946ebce54384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98818554a9524ba4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2109a16ae8cc4de6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4786bb3344424d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa90aae58d7a40da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2109a16ae8cc4de6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9713e077bfe144dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4786bb3344424d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Fintech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJZ35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,391</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>8,551</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,339</x:t>
-[...6 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>8,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,234</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...470 lines deleted...]
-          <x:t>8,649</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,596</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>