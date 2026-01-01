--- v2 (2025-11-16)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98818554a9524ba4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d01e2120934634" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4786bb3344424d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd82eb7da9cd4599"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9713e077bfe144dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4786bb3344424d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74343fb21e0c4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd82eb7da9cd4599" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Fintech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJZ35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...576 lines deleted...]
-          <x:t>7,963</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,663</x:t>
-[...26 lines deleted...]
-          <x:t>7,596</x:t>
+          <x:t>7,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>