--- v3 (2026-01-01)
+++ v4 (2026-02-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1d01e2120934634" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe58e557377b46bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd82eb7da9cd4599"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R977f2983e5114f49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74343fb21e0c4d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd82eb7da9cd4599" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ca38d5e700430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R977f2983e5114f49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Fintech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJZ35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>7,420</x:t>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>