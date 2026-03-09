--- v4 (2026-02-16)
+++ v5 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe58e557377b46bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbe1d4f8c7847ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R977f2983e5114f49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc0a2d5de2c4f4a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ca38d5e700430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R977f2983e5114f49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56c2a67568504ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc0a2d5de2c4f4a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Fintech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJZ35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>6,091</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,891</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,957</x:t>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>