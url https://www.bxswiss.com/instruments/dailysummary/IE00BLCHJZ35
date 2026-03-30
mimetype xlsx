--- v5 (2026-03-09)
+++ v6 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fbe1d4f8c7847ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04e021b03490450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffc0a2d5de2c4f4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33268cd8c39b4b9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56c2a67568504ea8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffc0a2d5de2c4f4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39da04c93f54a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33268cd8c39b4b9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Fintech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJZ35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...63 lines deleted...]
-          <x:t>6,035</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,917</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>20.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,837</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,927</x:t>
-[...279 lines deleted...]
-          <x:t>6,139</x:t>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>