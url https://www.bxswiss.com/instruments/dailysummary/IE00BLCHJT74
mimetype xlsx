--- v0 (2025-10-11)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc22e3787368d4b2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983b4d5a79b64751" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109646306ae64f54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fc37b56ab647e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e7ab9332db4b58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109646306ae64f54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9aaa00a9f9466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fc37b56ab647e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Internet of Things UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJT74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,975</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>12,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,080</x:t>
-[...323 lines deleted...]
-          <x:t>11,812</x:t>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>