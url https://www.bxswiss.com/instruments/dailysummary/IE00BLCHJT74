--- v1 (2025-11-21)
+++ v2 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R983b4d5a79b64751" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6f1a8d9c1134b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78fc37b56ab647e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R469a249322514562"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9aaa00a9f9466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78fc37b56ab647e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e6c586ba99493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R469a249322514562" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Internet of Things UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJT74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>