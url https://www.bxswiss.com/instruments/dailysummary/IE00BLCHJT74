--- v2 (2025-12-11)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6f1a8d9c1134b34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52304cd2ab346e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R469a249322514562"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5472ca985024607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17e6c586ba99493d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R469a249322514562" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e4b171a90f482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5472ca985024607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Internet of Things UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJT74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>11,601</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,497</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>11,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,179</x:t>
-[...151 lines deleted...]
-          <x:t>11,673</x:t>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,600</x:t>
-[...139 lines deleted...]
-          <x:t>11,837</x:t>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>