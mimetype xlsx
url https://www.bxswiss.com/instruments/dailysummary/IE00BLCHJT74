--- v3 (2026-01-07)
+++ v4 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb52304cd2ab346e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ad41adddf524158" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5472ca985024607"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a69bee3cf64efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5e4b171a90f482f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5472ca985024607" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe912b0b7fb54f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a69bee3cf64efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Internet of Things UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJT74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,696</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>11,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,689</x:t>
-[...296 lines deleted...]
-          <x:t>11,749</x:t>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>