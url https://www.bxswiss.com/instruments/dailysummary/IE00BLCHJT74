--- v4 (2026-02-04)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ad41adddf524158" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd5d5b68328d4186" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85a69bee3cf64efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc045e1402a764c63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe912b0b7fb54f36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85a69bee3cf64efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1e8f59ca3f4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc045e1402a764c63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Internet of Things UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJT74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>11,614</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,696</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>11,156</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>