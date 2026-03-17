--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd5d5b68328d4186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa5998f38bf41c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc045e1402a764c63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a8e4ecc56c244ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc1e8f59ca3f4fed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc045e1402a764c63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R025d5e5fbbb649a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a8e4ecc56c244ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Internet of Things UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJT74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,533</x:t>
-[...576 lines deleted...]
-          <x:t>12,163</x:t>
+          <x:t>11,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>