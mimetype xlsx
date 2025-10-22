--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63262636b4c4a43" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905e506255734440" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fd67eaafce14d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1563d7b1d8345be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ea0aef2cac4002" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fd67eaafce14d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf46b1783c92c402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1563d7b1d8345be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Lithium &amp; Battery Tech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJN13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,219</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>