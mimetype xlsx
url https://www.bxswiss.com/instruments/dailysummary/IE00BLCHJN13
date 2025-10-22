--- v1 (2025-10-22)
+++ v2 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R905e506255734440" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c32665aa64416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1563d7b1d8345be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf985a2f3158d4f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf46b1783c92c402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1563d7b1d8345be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40fee1e3d4ae4a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf985a2f3158d4f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Lithium &amp; Battery Tech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJN13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -740,28 +740,55 @@
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,219</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>