--- v2 (2025-10-22)
+++ v3 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1c32665aa64416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8052fb41f4214f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf985a2f3158d4f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9860e009f9c44544"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40fee1e3d4ae4a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf985a2f3158d4f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c14a61c9524bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9860e009f9c44544" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Lithium &amp; Battery Tech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJN13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...387 lines deleted...]
-          <x:t>8,319</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,013</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>8,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,185</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,239</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>