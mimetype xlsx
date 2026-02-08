--- v3 (2025-11-14)
+++ v4 (2026-02-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8052fb41f4214f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b5b65876ef34fb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9860e009f9c44544"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177d90908fac4672"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c14a61c9524bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9860e009f9c44544" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra87e97f663df4f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177d90908fac4672" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Lithium &amp; Battery Tech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJN13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>9,228</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>