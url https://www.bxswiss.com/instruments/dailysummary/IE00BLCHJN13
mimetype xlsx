--- v4 (2026-02-08)
+++ v5 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b5b65876ef34fb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090f3ae9f7fa49dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R177d90908fac4672"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6075e81af6044718"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra87e97f663df4f2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R177d90908fac4672" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3403c60c2439495d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6075e81af6044718" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Lithium &amp; Battery Tech UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJN13</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>9,973</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,943</x:t>
-[...593 lines deleted...]
-          <x:t>9,904</x:t>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>