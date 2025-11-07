--- v0 (2025-10-18)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4487ec52b5b340b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabd10e44ceca4802" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8a5e0271aa347df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356f1b94fff94bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bcfab14e9244504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8a5e0271aa347df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98511eea1df49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356f1b94fff94bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Renewable Energy Producers UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,236</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>