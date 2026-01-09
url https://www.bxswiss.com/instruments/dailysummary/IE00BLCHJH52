--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabd10e44ceca4802" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c5662e57f74475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R356f1b94fff94bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b1f11820b944b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re98511eea1df49de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R356f1b94fff94bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94582f6db204c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b1f11820b944b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Renewable Energy Producers UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>9,323</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,417</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...126 lines deleted...]
-          <x:t>9,384</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...397 lines deleted...]
-          <x:t>9,435</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>