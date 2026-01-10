--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5c5662e57f74475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c2364501f9407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8b1f11820b944b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re826696c2cb746bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94582f6db204c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8b1f11820b944b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ece71d931d4511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re826696c2cb746bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Renewable Energy Producers UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,416 +149,389 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,574</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>9,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,750</x:t>
         </x:is>
       </x:c>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>