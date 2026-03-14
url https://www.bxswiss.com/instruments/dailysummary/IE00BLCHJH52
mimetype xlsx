--- v3 (2026-01-10)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5c2364501f9407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af431a20d374071" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re826696c2cb746bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b950af82e6f4655"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4ece71d931d4511" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re826696c2cb746bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10fdcd917012432f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b950af82e6f4655" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Renewable Energy Producers UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJH52</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...463 lines deleted...]
-          <x:t>9,760</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,756</x:t>
-[...4 lines deleted...]
-          <x:t>9,849</x:t>
+          <x:t>10,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,071</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>