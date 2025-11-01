--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96aac9367607468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416355bc736447d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38e89525c71d4e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a46b5c28514fb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R804cd139fe5b4a2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38e89525c71d4e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ef8eceba3074fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a46b5c28514fb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Robotics &amp; Artificial Intelligence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJB90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>