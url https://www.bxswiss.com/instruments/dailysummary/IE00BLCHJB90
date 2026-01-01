--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R416355bc736447d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2681b153a04c4c7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a46b5c28514fb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ab455a77cf46e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ef8eceba3074fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a46b5c28514fb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc1e7c91dfa343ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ab455a77cf46e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Robotics &amp; Artificial Intelligence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJB90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>18,387</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,696</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,320</x:t>
-[...215 lines deleted...]
-          <x:t>19,179</x:t>
+          <x:t>18,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,439</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>19,909</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>