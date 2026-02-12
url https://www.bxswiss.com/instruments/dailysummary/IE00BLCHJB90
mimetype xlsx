--- v2 (2026-01-01)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2681b153a04c4c7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7890cf22b73a4fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ab455a77cf46e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a0638901334b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc1e7c91dfa343ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ab455a77cf46e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafdc12e899bd4845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a0638901334b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Robotics &amp; Artificial Intelligence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJB90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,581</x:t>
-[...21 lines deleted...]
-          <x:t>19,287</x:t>
+          <x:t>19,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,114</x:t>
-[...274 lines deleted...]
-          <x:t>19,220</x:t>
+          <x:t>19,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>