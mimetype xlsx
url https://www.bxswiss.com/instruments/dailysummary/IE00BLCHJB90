--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7890cf22b73a4fbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321492993f20404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10a0638901334b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b0798342554c7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafdc12e899bd4845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10a0638901334b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a890a7065840d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b0798342554c7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Robotics &amp; Artificial Intelligence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJB90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>19,858</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,483</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>19,421</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,288</x:t>
+          <x:t>19,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,318</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>18,976</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...208 lines deleted...]
-          <x:t>19,364</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,594</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>