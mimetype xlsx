--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R321492993f20404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra69e83933b3a4195" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5b0798342554c7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b207f3f5ce24df6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a890a7065840d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5b0798342554c7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d6f5653678b49bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b207f3f5ce24df6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Robotics &amp; Artificial Intelligence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJB90</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,97 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...247 lines deleted...]
-          <x:t>19,537</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,486</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>19,921</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,039</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>