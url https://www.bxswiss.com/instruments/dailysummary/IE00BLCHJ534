--- v0 (2026-01-08)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b62227fe09e4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8a9d6ff7214b34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52bd608cf3544bbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243a486a91084a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc93f3419a714052" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52bd608cf3544bbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b616ad12904a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243a486a91084a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X US Infrastructure Development UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJ534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,662</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>