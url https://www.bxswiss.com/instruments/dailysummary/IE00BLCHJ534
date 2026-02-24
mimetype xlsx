--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8a9d6ff7214b34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aca7afb6f4343b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R243a486a91084a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4067dd9a88984897"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b616ad12904a5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R243a486a91084a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re200d35aba8e415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4067dd9a88984897" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X US Infrastructure Development UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJ534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,960</x:t>
-[...90 lines deleted...]
-          <x:t>36,803</x:t>
+          <x:t>36,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>