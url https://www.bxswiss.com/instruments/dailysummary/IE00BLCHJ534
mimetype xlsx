--- v2 (2026-02-24)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7aca7afb6f4343b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d6907aad2ca48a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4067dd9a88984897"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb16f69bc83e4bce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re200d35aba8e415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4067dd9a88984897" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06960c62e12c430c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb16f69bc83e4bce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X US Infrastructure Development UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BLCHJ534</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>39,394</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>39,155</x:t>
-[...21 lines deleted...]
-          <x:t>40,613</x:t>
+          <x:t>39,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>39,549</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>