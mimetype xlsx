--- v0 (2025-11-02)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7a0bd7d943436a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ccaba2577c64b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a4cd29a2a144ba9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24089cd6818243f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2487b313bcf4670" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a4cd29a2a144ba9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cd2b694c894b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24089cd6818243f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Momentum UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BL25JP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>64,494</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,091</x:t>
-[...485 lines deleted...]
-          <x:t>64,942</x:t>
+          <x:t>64,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>