--- v1 (2026-01-07)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ccaba2577c64b55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794acbc4b81a4cca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24089cd6818243f8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re99648b3f822477c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cd2b694c894b3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24089cd6818243f8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b0fd6750a94887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re99648b3f822477c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Momentum UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BL25JP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...247 lines deleted...]
-          <x:t>64,108</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,961</x:t>
-[...166 lines deleted...]
-          <x:t>66,691</x:t>
+          <x:t>65,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>