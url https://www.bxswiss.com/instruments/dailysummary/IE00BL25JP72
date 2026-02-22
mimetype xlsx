--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R794acbc4b81a4cca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fea697668f748b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re99648b3f822477c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8338c021c93442d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11b0fd6750a94887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re99648b3f822477c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5c14f0bc30455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8338c021c93442d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Momentum UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BL25JP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,419</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,831</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>