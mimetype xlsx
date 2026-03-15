--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fea697668f748b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e9235baa4884677" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8338c021c93442d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd1f1860cab84d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe5c14f0bc30455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8338c021c93442d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc90e59c9051e4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd1f1860cab84d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI World Momentum UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BL25JP72</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>65,692</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,096</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...469 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>