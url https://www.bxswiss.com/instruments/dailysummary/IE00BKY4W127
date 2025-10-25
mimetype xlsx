--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fd0cb287681482c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8589fdbe60ff4e59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R522b40357da54833"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda53aa0f00fd4292"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb59143f4fe4410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R522b40357da54833" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66619b3e59004f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda53aa0f00fd4292" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Broad Commodities UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKY4W127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,610 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>9,610</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,554</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>9,729</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,693</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>