--- v1 (2025-10-25)
+++ v2 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8589fdbe60ff4e59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77cac8b933e48bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda53aa0f00fd4292"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350fd67a7eba4461"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66619b3e59004f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda53aa0f00fd4292" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd8ee0fdbaea42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350fd67a7eba4461" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Broad Commodities UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKY4W127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>9,964</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>