--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra77cac8b933e48bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d93b4bf0774d3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R350fd67a7eba4461"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd4e9c5508649ff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd8ee0fdbaea42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R350fd67a7eba4461" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0598f040af646fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd4e9c5508649ff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Broad Commodities UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKY4W127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>10,543</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,471</x:t>
-[...318 lines deleted...]
-          <x:t>11,144</x:t>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,111</x:t>
-[...188 lines deleted...]
-          <x:t>10,837</x:t>
+          <x:t>10,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>