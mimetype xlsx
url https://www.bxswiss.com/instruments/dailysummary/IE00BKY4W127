--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5d93b4bf0774d3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17413c0beda44da1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd4e9c5508649ff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9149d0a9839d4c67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0598f040af646fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd4e9c5508649ff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1111078078c14163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9149d0a9839d4c67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Broad Commodities UCITS ETF - USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKY4W127</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,888</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>10,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,732</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,014</x:t>
         </x:is>
       </x:c>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>