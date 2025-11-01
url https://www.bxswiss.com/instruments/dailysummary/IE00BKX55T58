--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R218f6e11513c4a0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b799ecedf1f496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8806fbf34da54034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ffcdc73d4141ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd76b91ed884a11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8806fbf34da54034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060a83604dda4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ffcdc73d4141ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed World UCITS ETF - (USD) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55T58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,583</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,015</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>