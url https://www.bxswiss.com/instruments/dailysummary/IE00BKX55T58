--- v1 (2025-11-01)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b799ecedf1f496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e43c7eb4694a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02ffcdc73d4141ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe9cb2f6ec17411e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R060a83604dda4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02ffcdc73d4141ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc229263292f84071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe9cb2f6ec17411e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed World UCITS ETF - (USD) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55T58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>101,583</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,324</x:t>
-[...112 lines deleted...]
-          <x:t>102,015</x:t>
+          <x:t>101,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,098</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>