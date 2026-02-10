--- v2 (2026-01-01)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98e43c7eb4694a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf650d5a5339940a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe9cb2f6ec17411e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9d6adee2264c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc229263292f84071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe9cb2f6ec17411e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f774dfa1fc94e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9d6adee2264c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed World UCITS ETF - (USD) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55T58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>100,523</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,241</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,696</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>102,098</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>