--- v3 (2026-02-10)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf650d5a5339940a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48d2eb34e92148df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9d6adee2264c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8eb64bcacdff453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f774dfa1fc94e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9d6adee2264c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb537c0e3e3c64fdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8eb64bcacdff453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE Developed World UCITS ETF - (USD) Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55T58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...176 lines deleted...]
-          <x:t>103,276</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...397 lines deleted...]
-          <x:t>102,185</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>