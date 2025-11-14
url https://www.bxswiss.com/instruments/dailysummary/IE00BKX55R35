--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce765b41eb4d4816" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8afb51d0a6e4a74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39f67d3fec8c4dac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d5dc92067d4a82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra40d3154c9a84f66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39f67d3fec8c4dac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R021091fb77664017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d5dc92067d4a82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,794</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,010</x:t>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>