--- v1 (2025-11-14)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8afb51d0a6e4a74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37cbdec7aec6405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d5dc92067d4a82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fdadf08006e4df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R021091fb77664017" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d5dc92067d4a82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdcaca6078d947d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fdadf08006e4df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...495 lines deleted...]
-          <x:t>134,743</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,755</x:t>
-[...134 lines deleted...]
-          <x:t>131,150</x:t>
+          <x:t>132,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>