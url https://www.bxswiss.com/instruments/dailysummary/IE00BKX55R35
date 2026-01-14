--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37cbdec7aec6405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra32a28615deb40bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fdadf08006e4df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8bcb0bfae2b4576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdcaca6078d947d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fdadf08006e4df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ddc72dd16d94172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8bcb0bfae2b4576" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,172</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>