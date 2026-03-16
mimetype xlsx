--- v3 (2026-01-14)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra32a28615deb40bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ce6673790d4965" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8bcb0bfae2b4576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf44979ed0a24764"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ddc72dd16d94172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8bcb0bfae2b4576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02783728db6b4c50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf44979ed0a24764" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Vanguard FTSE North America UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKX55R35</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>136,115</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>