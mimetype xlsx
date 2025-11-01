--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f5d5b3b633c46cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02ab7e5f64e4ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cb0e1098d114305"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e27c7b26d94d67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8941779844bc489e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cb0e1098d114305" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R108fed33456c4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e27c7b26d94d67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0Q14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>321,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>320,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>323,339</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,222</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>