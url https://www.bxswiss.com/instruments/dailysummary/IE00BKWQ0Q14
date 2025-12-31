--- v1 (2025-11-01)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc02ab7e5f64e4ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfec80d0c244092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26e27c7b26d94d67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7216c625a2584dfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R108fed33456c4b3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26e27c7b26d94d67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1d3f4bc21341d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7216c625a2584dfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0Q14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>329,222</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>