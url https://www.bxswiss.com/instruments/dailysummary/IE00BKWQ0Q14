--- v2 (2025-12-31)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bfec80d0c244092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb054a6de976a4cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7216c625a2584dfc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5697dacc8bd04739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a1d3f4bc21341d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7216c625a2584dfc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05cb0c571704423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5697dacc8bd04739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0Q14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>342,061</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,913</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>