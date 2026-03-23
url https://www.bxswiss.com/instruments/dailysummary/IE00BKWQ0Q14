--- v3 (2026-02-11)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb054a6de976a4cac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra10a72f68fcc4653" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5697dacc8bd04739"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39adfb78ea4a4dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra05cb0c571704423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5697dacc8bd04739" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6688124ded5f4fcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39adfb78ea4a4dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0Q14</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...468 lines deleted...]
-          <x:t>354,288</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>352,160</x:t>
-[...107 lines deleted...]
-          <x:t>351,913</x:t>
+          <x:t>340,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,584</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>