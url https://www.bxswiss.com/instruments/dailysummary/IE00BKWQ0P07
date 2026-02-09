--- v0 (2025-10-08)
+++ v1 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref05d296e1934aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f0c9fe40444de9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a7cc3b32f6342e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R951af538801c41d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R680d57f5da4f4db1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a7cc3b32f6342e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a8e19204544ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R951af538801c41d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Utilities UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0P07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>191,822</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,299</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>