--- v1 (2026-02-09)
+++ v2 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f0c9fe40444de9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6736d6f0c9b2429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R951af538801c41d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12b640f9a57b4c20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a8e19204544ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R951af538801c41d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ee3dba706274365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12b640f9a57b4c20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Utilities UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0P07</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>226,299</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>