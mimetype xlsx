--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159674f40df94bcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0372554f1202456e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0696b6e644d4797"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1805687ecc374c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R385fa2063c4a4edc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0696b6e644d4797" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28f824b80332438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1805687ecc374c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Communication Services UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0N82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>72,145</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>