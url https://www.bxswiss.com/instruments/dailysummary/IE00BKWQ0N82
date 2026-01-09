--- v1 (2025-11-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0372554f1202456e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1293ece74562470f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1805687ecc374c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c70656f55914a8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28f824b80332438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1805687ecc374c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R655d0aadeae1445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c70656f55914a8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Communication Services UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0N82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>67,950</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>