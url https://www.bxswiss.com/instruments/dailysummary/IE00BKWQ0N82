--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1293ece74562470f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50f854cd79f40a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c70656f55914a8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aebedb5f08e4c5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R655d0aadeae1445f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c70656f55914a8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7aed4e007b42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aebedb5f08e4c5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Communication Services UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0N82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>