--- v3 (2026-01-10)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb50f854cd79f40a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d653ddf66544874" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aebedb5f08e4c5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2a39368b4b4f11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f7aed4e007b42f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aebedb5f08e4c5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec9254ce9e5d43e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2a39368b4b4f11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Communication Services UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0N82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>67,545</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,295</x:t>
-[...188 lines deleted...]
-          <x:t>67,890</x:t>
+          <x:t>65,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>