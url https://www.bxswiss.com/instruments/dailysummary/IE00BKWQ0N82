--- v4 (2026-01-31)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d653ddf66544874" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7913f8125cb04b4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2a39368b4b4f11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe4a45639a084e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec9254ce9e5d43e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2a39368b4b4f11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a8369f2b839486b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe4a45639a084e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Communication Services UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0N82</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...559 lines deleted...]
-          <x:t>66,425</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>