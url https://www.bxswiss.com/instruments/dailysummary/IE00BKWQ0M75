--- v0 (2025-10-15)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R728ec51ede3343c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re117ab3684914e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0526ea741d844c76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd028350c6814b38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R909919cdd0664743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0526ea741d844c76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed7d580fe8541c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd028350c6814b38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0M75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>323,803</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,349</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>