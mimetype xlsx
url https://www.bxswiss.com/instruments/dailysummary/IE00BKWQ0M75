--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re117ab3684914e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d4305ac43a34bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd028350c6814b38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb411a0fa990e46a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ed7d580fe8541c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd028350c6814b38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ea62c6d7174a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb411a0fa990e46a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0M75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>337,822</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>340,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>