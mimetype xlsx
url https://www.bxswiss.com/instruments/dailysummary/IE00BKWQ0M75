--- v2 (2026-02-06)
+++ v3 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d4305ac43a34bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66194b50ba4a47e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb411a0fa990e46a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf55b03d1c85a4207"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ea62c6d7174a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb411a0fa990e46a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ebdf9e373ba4d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf55b03d1c85a4207" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0M75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,978</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>