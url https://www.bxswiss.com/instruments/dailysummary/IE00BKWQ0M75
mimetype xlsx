--- v3 (2026-02-26)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66194b50ba4a47e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refbfeb22b9524f65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf55b03d1c85a4207"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf2bd365d98e4b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ebdf9e373ba4d48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf55b03d1c85a4207" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R417aa9a7bc3246fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf2bd365d98e4b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Small Cap UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0M75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>341,809</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>343,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>