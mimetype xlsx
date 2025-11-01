--- v0 (2025-10-11)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1df3097e59e94346" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd29e29d39d941a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref82b87eedbe419e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd788dda8f644558"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6778aafef5a4aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref82b87eedbe419e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4bb808be5324bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd788dda8f644558" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,554 +149,149 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>279,638</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,620</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,898</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>