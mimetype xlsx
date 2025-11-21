--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd29e29d39d941a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d420c2738c64448" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd788dda8f644558"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4835992decab4db5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4bb808be5324bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd788dda8f644558" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53a6dbbeaab467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4835992decab4db5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,422</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>