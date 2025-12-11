--- v2 (2025-11-21)
+++ v3 (2025-12-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d420c2738c64448" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ca0d9a240c404a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4835992decab4db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac3b23f39084db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd53a6dbbeaab467f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4835992decab4db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ca5f0a9a964998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac3b23f39084db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>