--- v3 (2025-12-11)
+++ v4 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9ca0d9a240c404a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f2e061169a94b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac3b23f39084db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d29cbb1e00445d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53ca5f0a9a964998" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac3b23f39084db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f9b1e5d9e54a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d29cbb1e00445d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>289,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,722</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>290,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>