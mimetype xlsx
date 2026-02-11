--- v4 (2026-01-01)
+++ v5 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f2e061169a94b1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c69fc7cdfd43b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6d29cbb1e00445d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f913a759f9841b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33f9b1e5d9e54a4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6d29cbb1e00445d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64ea9b789fe45e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f913a759f9841b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>302,859</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>