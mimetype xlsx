--- v5 (2026-02-11)
+++ v6 (2026-03-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36c69fc7cdfd43b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42ca6d539a224aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f913a759f9841b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ff38b298a2d435d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64ea9b789fe45e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f913a759f9841b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc593a9df8f394a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ff38b298a2d435d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0L68</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>327,853</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,912</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>