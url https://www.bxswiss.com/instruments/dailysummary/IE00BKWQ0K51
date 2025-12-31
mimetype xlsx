--- v0 (2025-10-09)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19264c0726114b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37c7839332eb4668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7a1e70eb0564053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3228d875f5d848d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eef7b2bbb5c4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7a1e70eb0564053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R724a13d7a0284275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3228d875f5d848d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Technology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0K51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>135,469</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>