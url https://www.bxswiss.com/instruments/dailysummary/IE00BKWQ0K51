--- v1 (2025-12-31)
+++ v2 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37c7839332eb4668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8bad69336e499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3228d875f5d848d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d68f816ad04ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R724a13d7a0284275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3228d875f5d848d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95440f6d8ca04d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d68f816ad04ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Technology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0K51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>137,408</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>