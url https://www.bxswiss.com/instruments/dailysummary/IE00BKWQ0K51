--- v2 (2026-02-12)
+++ v3 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c8bad69336e499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21eecebd90374859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d68f816ad04ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8509344c3774d44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95440f6d8ca04d37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d68f816ad04ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36322d7e7ddf4b82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8509344c3774d44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Technology UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0K51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>152,175</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>148,984</x:t>
-[...539 lines deleted...]
-          <x:t>146,253</x:t>
+          <x:t>144,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>