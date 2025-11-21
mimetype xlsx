--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b94968187242a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fce30d571314a6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14ba5023946542a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4043c0fd8b3c4469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a1555172d3c4857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14ba5023946542a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b85c9bd8d604e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4043c0fd8b3c4469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Industrials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0J47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>368,937</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>366,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,144</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>373,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>