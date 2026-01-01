--- v1 (2025-11-21)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fce30d571314a6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37acb1b1343f48ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4043c0fd8b3c4469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9f9e35481474a8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b85c9bd8d604e41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4043c0fd8b3c4469" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d5eb8286164954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9f9e35481474a8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Industrials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0J47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>357,655</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,803</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>