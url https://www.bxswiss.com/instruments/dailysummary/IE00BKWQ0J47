--- v2 (2026-01-01)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37acb1b1343f48ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8079b1267e59426e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9f9e35481474a8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2135610d0f3c47bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1d5eb8286164954" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9f9e35481474a8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb612d6ad109456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2135610d0f3c47bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Industrials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0J47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>372,803</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>