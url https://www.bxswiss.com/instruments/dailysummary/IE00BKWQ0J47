--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8079b1267e59426e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa43c7a37f5c4534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2135610d0f3c47bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0974ce9b42ba472b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb612d6ad109456d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2135610d0f3c47bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb847867ca54164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0974ce9b42ba472b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Industrials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0J47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>395,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>398,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,416</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>