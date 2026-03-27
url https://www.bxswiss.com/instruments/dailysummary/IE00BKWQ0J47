--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa43c7a37f5c4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R676d0085d73f4bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0974ce9b42ba472b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf83094569fb4732"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb847867ca54164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0974ce9b42ba472b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93020b098a7944f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf83094569fb4732" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Industrials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0J47</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...296 lines deleted...]
-          <x:t>18.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>405,772</x:t>
-[...246 lines deleted...]
-        <x:is>
           <x:t>382,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,713</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,962</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>375,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>379,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>