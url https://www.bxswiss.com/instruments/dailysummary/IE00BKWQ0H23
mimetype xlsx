--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce7f4c1fb05a4569" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0173502ee984e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1741e5ceecad4b61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f10b29e4294f76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1a42cac3b04d3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1741e5ceecad4b61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b7113f29ab24d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f10b29e4294f76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Health Care UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0H23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,146</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>