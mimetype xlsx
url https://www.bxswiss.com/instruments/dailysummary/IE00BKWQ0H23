--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0173502ee984e31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0caab3e2aca4ab7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0f10b29e4294f76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80da99bd507e4aad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b7113f29ab24d33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0f10b29e4294f76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ac58527251345e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80da99bd507e4aad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Health Care UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0H23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>198,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>