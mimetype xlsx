--- v2 (2025-11-15)
+++ v3 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0caab3e2aca4ab7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1fa0903c216481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80da99bd507e4aad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd007b38ce22b4049"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ac58527251345e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80da99bd507e4aad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c37d35598546d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd007b38ce22b4049" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Health Care UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0H23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>202,485</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,248</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>