--- v3 (2025-12-25)
+++ v4 (2026-01-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1fa0903c216481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba75ed008a34678" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd007b38ce22b4049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69bc7b4bd3c64967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4c37d35598546d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd007b38ce22b4049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11dfc1ee53f4d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69bc7b4bd3c64967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Health Care UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0H23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>