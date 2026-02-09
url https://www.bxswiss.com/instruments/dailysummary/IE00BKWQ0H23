--- v4 (2026-01-15)
+++ v5 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ba75ed008a34678" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd23a91df664910" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69bc7b4bd3c64967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e32a82278604e31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra11dfc1ee53f4d00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69bc7b4bd3c64967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R746d982236954935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e32a82278604e31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Health Care UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0H23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +278,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,372</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>