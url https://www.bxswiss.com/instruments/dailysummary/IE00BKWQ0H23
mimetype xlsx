--- v5 (2026-02-09)
+++ v6 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cd23a91df664910" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra95c7534f7644950" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e32a82278604e31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6bbcfe86904774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R746d982236954935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e32a82278604e31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c2e9863ebf43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6bbcfe86904774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Health Care UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0H23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>216,270</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,939</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>219,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,577</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...369 lines deleted...]
-          <x:t>215,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,301</x:t>
-[...134 lines deleted...]
-          <x:t>215,056</x:t>
+          <x:t>212,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,077</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>