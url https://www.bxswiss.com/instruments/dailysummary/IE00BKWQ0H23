--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra95c7534f7644950" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf415f39ce6cd4d2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d6bbcfe86904774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb1d55fe4f447f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c2e9863ebf43ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d6bbcfe86904774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fe9388328d04530" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb1d55fe4f447f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Health Care UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0H23</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>