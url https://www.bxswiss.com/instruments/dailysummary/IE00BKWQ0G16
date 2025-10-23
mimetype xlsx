--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e16d87083704bd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a219fb4829d4dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1420340587645b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra63dae67cf894e0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda86929290642a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1420340587645b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922f1262014e414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra63dae67cf894e0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Financials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0G16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>