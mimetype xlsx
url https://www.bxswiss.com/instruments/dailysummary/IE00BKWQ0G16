--- v1 (2025-10-23)
+++ v2 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a219fb4829d4dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racee9361cf9942d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra63dae67cf894e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d54bf508bc241da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922f1262014e414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra63dae67cf894e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076c55ab05334acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d54bf508bc241da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Financials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0G16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>112,523</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>