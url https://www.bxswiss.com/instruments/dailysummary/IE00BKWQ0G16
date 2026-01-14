--- v2 (2025-12-25)
+++ v3 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racee9361cf9942d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5a89ff254f441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d54bf508bc241da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c4c4c8b4638499f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076c55ab05334acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d54bf508bc241da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc04cb87371ae46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c4c4c8b4638499f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Financials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0G16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>