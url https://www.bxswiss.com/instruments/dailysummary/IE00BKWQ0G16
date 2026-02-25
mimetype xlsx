--- v3 (2026-01-14)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5a89ff254f441c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ad5ff9e2c84cce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c4c4c8b4638499f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57898723322a4cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc04cb87371ae46df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c4c4c8b4638499f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd56c79968e45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57898723322a4cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Financials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0G16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>129,139</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>126,970</x:t>
-[...107 lines deleted...]
-          <x:t>128,441</x:t>
+          <x:t>127,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,801</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>