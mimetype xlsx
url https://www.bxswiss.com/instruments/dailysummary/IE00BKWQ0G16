--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ad5ff9e2c84cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0111d3e188f4e47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57898723322a4cbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507c3fd7c71e4fa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd56c79968e45bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57898723322a4cbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R892bd9264b854032" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507c3fd7c71e4fa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Financials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0G16</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,139</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>