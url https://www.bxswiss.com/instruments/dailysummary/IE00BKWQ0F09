--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4edeab81a174555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3145c2a15d9c496f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17a7027dce0d4b7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd84f309983cc472f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21632e561e5247ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17a7027dce0d4b7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa551227b4d4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd84f309983cc472f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0F09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,314</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>