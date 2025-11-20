--- v1 (2025-10-28)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3145c2a15d9c496f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2e45c1de9246a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd84f309983cc472f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ccb59f448146e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa551227b4d4d2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd84f309983cc472f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0103909bd34ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ccb59f448146e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0F09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,266</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>