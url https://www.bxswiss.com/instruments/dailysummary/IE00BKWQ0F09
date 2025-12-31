--- v2 (2025-11-20)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a2e45c1de9246a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1bd6befaed648bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ccb59f448146e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ba3770f51c482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0103909bd34ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ccb59f448146e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee9735dda78414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ba3770f51c482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0F09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>200,005</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>