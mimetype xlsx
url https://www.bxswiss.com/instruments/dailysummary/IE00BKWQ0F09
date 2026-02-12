--- v3 (2025-12-31)
+++ v4 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1bd6befaed648bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668002d84958426b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96ba3770f51c482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b809a0591744d9c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee9735dda78414e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96ba3770f51c482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a345a3099254d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b809a0591744d9c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0F09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>197,074</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,051</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>