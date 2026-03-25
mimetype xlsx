--- v4 (2026-02-12)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668002d84958426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5904244cfd6e4281" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b809a0591744d9c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86c730502a3e4a96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a345a3099254d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b809a0591744d9c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc42a527f0e614524" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86c730502a3e4a96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0F09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...613 lines deleted...]
-          <x:t>217,051</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>