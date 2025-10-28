--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R659811f156ae45ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae18a14390684e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8f94cac9da64f97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e82e13b4a014f82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red1c57428c4f4f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8f94cac9da64f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e16aa43205a43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e82e13b4a014f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Staples UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0D84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>202,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>204,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>203,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>