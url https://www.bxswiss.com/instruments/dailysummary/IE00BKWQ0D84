--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae18a14390684e7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ea38a5310948cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e82e13b4a014f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c50036d6714831"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e16aa43205a43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e82e13b4a014f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b222e4a33f04adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c50036d6714831" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Staples UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0D84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,141</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,992</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,068</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>