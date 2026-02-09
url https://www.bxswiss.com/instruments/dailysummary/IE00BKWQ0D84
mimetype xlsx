--- v2 (2025-11-17)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ea38a5310948cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6001a78fa4e246f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c50036d6714831"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf75f8cce81414957"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b222e4a33f04adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c50036d6714831" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa13008d2e54908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf75f8cce81414957" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Staples UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0D84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...500 lines deleted...]
-          <x:t>212,927</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,812</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>209,624</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>