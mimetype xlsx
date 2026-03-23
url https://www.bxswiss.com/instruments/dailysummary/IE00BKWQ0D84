--- v3 (2026-02-09)
+++ v4 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6001a78fa4e246f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1b21ad5efd04dc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf75f8cce81414957"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98740fe79cce493a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa13008d2e54908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf75f8cce81414957" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c0f2915746c4d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98740fe79cce493a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SPDR MSCI Europe Consumer Staples UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE00BKWQ0D84</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>221,318</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>